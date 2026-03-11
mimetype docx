--- v0 (2025-11-22)
+++ v1 (2026-03-11)
@@ -1,1729 +1,1204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="022CBEA3" w14:textId="77777777" w:rsidR="002C70CB" w:rsidRPr="0068260A" w:rsidRDefault="002C70CB" w:rsidP="002C70CB">
+    <w:p w14:paraId="4933D97E" w14:textId="29F12F1B" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="222222"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0068260A">
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>APPELLI Genetica (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="222222"/>
-[...5 lines deleted...]
-        <w:t>Appelli Genetica 2025</w:t>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099A25DF" w14:textId="77777777" w:rsidR="002C70CB" w:rsidRDefault="002C70CB" w:rsidP="002C70CB">
+    <w:p w14:paraId="264E7425" w14:textId="77777777" w:rsidR="008C6EC5" w:rsidRPr="008C6EC5" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652B9B07" w14:textId="5D913295" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Scritto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C6EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Orale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E736BB" w14:textId="6640509E" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 gennaio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rassi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">29 gennaio (Serra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452B7FF2" w14:textId="2BCCDC25" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19 febbraio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grassi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>23 febbraio (Montalenti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D842DA" w14:textId="6D26340F" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9 aprile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (serra I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ala lettura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Genetica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73897A29" w14:textId="6D8D422E" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>18 giugno </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grassi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giugno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Montalenti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C207658" w14:textId="09CE9F65" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>13 luglio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rassi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> luglio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Montalenti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D29418B" w14:textId="73C5ECFB" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>24 settembre </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rassi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>settembre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Montalenti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CD1DA9" w14:textId="6B304B17" w:rsidR="008C6EC5" w:rsidRPr="007B4C09" w:rsidRDefault="008C6EC5" w:rsidP="008C6EC5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12 novembre 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erra I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ore </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>16 novembre (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ala lettura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Genetica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E3303F" w14:textId="77777777" w:rsidR="00954C3D" w:rsidRDefault="00954C3D">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79AB8765" w14:textId="32B8C35B" w:rsidR="002C70CB" w:rsidRPr="0029362A" w:rsidRDefault="002C70CB" w:rsidP="002C70CB">
+    <w:p w14:paraId="4EF93027" w14:textId="4F0D3C3B" w:rsidR="008C6EC5" w:rsidRPr="008C6EC5" w:rsidRDefault="008C6EC5">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0029362A">
-[...102 lines deleted...]
-        <w:t xml:space="preserve"> gennaio</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Appello straordinario </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0144">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>fuoricorso/ lavoratori</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4476250B" w14:textId="1907FE32" w:rsidR="002C70CB" w:rsidRPr="0029362A" w:rsidRDefault="002C70CB" w:rsidP="002C70CB">
-[...1163 lines deleted...]
-    <w:sectPr w:rsidR="00AD62EC" w:rsidRPr="002C70CB">
+    <w:sectPr w:rsidR="008C6EC5" w:rsidRPr="008C6EC5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...248 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="166"/>
+  <w:zoom w:percent="155"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002C70CB"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00E85CF9"/>
+    <w:rsidRoot w:val="008C6EC5"/>
+    <w:rsid w:val="000F0144"/>
+    <w:rsid w:val="005611E5"/>
+    <w:rsid w:val="006A6E4A"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rsid w:val="00932A6B"/>
+    <w:rsid w:val="00954C3D"/>
+    <w:rsid w:val="00CE49FD"/>
+    <w:rsid w:val="00D3521F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="129AC9F1"/>
+  <w14:docId w14:val="002276CE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{68EBD02C-2250-3A44-8DE5-08821DD5B76C}"/>
+  <w15:docId w15:val="{51833302-0396-4E46-9DF4-786D88BA091F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2062,247 +1537,626 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C70CB"/>
+    <w:rsid w:val="008C6EC5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A84F55"/>
+    <w:rsid w:val="008C6EC5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A84F55"/>
+    <w:rsid w:val="008C6EC5"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:spacing w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A84F55"/>
+    <w:rsid w:val="008C6EC5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...4 lines deleted...]
-      <w:ind w:left="720"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A84F55"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A84F55"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A84F55"/>
-[...2 lines deleted...]
-      <w:color w:val="000000" w:themeColor="text1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6EC5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2310,54 +2164,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -2515,69 +2369,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>182</Words>
-  <Characters>1042</Characters>
+  <Words>80</Words>
+  <Characters>412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1222</CharactersWithSpaces>
+  <CharactersWithSpaces>481</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Fiammetta Verni</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>