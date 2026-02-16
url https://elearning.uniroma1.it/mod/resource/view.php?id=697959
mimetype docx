--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -1,129 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="6A8E45F7" w14:textId="77777777" w:rsidR="00B1589B" w:rsidRDefault="00B1589B" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1A1A1A"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="117540AC" w14:textId="081EA8C9" w:rsidR="00B762FA" w:rsidRDefault="00B762FA" w:rsidP="00B762FA">
+    <w:p w14:paraId="117540AC" w14:textId="5E6C0BDA" w:rsidR="00B762FA" w:rsidRDefault="00B762FA" w:rsidP="00B762FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Insegnamento: </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Botanica  - </w:t>
+        <w:t>Botanica  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a.a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B200D6">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00B200D6">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3EBDEE" w14:textId="18C87AA2" w:rsidR="00B762FA" w:rsidRDefault="00B762FA" w:rsidP="00B762FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D2041A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CdS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -161,1821 +171,1705 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Docente</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2041A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prof. Giuseppina Falasca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1F1215" w14:textId="77777777" w:rsidR="00B1589B" w:rsidRPr="00B24B52" w:rsidRDefault="00B1589B" w:rsidP="00E060C4">
+    <w:p w14:paraId="728DB7AE" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00B24B52" w:rsidRDefault="00B24B52" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1A1A1A"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="728DB7AE" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00B24B52" w:rsidRDefault="00B24B52" w:rsidP="00E060C4">
+          <w:i/>
+          <w:color w:val="1A1A1A"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CC7490" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00B24B52" w:rsidRDefault="00B24B52" w:rsidP="00B24B52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040387A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ITA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0039665A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Botanica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA096F2" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRPr="00B24B52" w:rsidRDefault="00B24B52" w:rsidP="00E060C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040387A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ENG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D16FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Botany</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3ACBAB90" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRPr="00B24B52" w:rsidRDefault="00E060C4" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...77 lines deleted...]
-    <w:p w14:paraId="3ACBAB90" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRPr="00B24B52" w:rsidRDefault="00E060C4" w:rsidP="00E060C4">
+          <w:color w:val="1A1A1A"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32819180" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRDefault="00E060C4" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1A1A1A"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="32819180" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRDefault="00E060C4" w:rsidP="00E060C4">
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F55FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>- Breve descrizione degli obiettivi dell'i</w:t>
+      </w:r>
+      <w:r w:rsidR="00645CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nsegnamento </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB79B57" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00E91148" w:rsidRDefault="00E91148" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F55FB">
+      <w:r w:rsidRPr="00E91148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>- Breve descrizione degli obiettivi dell'i</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="2FB79B57" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00E91148" w:rsidRDefault="00E91148" w:rsidP="00E060C4">
+        <w:t>ITA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CF2928" w14:textId="77777777" w:rsidR="006D16FE" w:rsidRPr="00D66578" w:rsidRDefault="006D16FE" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...14 lines deleted...]
-    <w:p w14:paraId="31CF2928" w14:textId="77777777" w:rsidR="006D16FE" w:rsidRPr="006D16FE" w:rsidRDefault="006D16FE" w:rsidP="00E060C4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gli obiettivi del Corso sono: Fornire una preparazione di base in Botanica come premessa necessaria per successive analisi ed integrazioni di sistemi e processi biologico-vegetali a finalità agro-industriale. La principale competenza che si intende sviluppare è fornire allo </w:t>
+      </w:r>
+      <w:r w:rsidR="00645CDE" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>studente la formazione culturale di base nel settore botanico necessaria per fargli acquisire, con discipline successive più specifiche, una preparazione integrata finalizzata all’utilizzo delle biotecnologie vegetali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736AA11F" w14:textId="77777777" w:rsidR="00E91148" w:rsidRPr="00D66578" w:rsidRDefault="00E91148" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="it-IT"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="736AA11F" w14:textId="77777777" w:rsidR="00E91148" w:rsidRDefault="00E91148" w:rsidP="00B24B52">
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CB407F0" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00D66578" w:rsidRDefault="00E91148" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="it-IT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5CB407F0" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="001E5827" w:rsidRDefault="00E91148" w:rsidP="00B24B52">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ENG:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A16EC3" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00D66578" w:rsidRDefault="00645CDE" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...14 lines deleted...]
-    <w:p w14:paraId="01A16EC3" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRDefault="00645CDE" w:rsidP="00E060C4">
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aims: to </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2DBA" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>provide the basic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge in General Botany as a prerequisite necessary for further studies in plant biosystems and processes for agro-industry. To provide the cultural bases in plant biology necessary, together with competences coming from further related disciplines, for the development of an integrated instruction in the use of plant biotechnology</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2922E9E3" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1A1A1A"/>
-          <w:lang w:val="en-GB"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="2922E9E3" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00645CDE" w:rsidRDefault="005C2DBA" w:rsidP="00E060C4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B73620A" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00645CDE" w:rsidRDefault="00B24B52" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1A1A1A"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3B73620A" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00645CDE" w:rsidRDefault="00B24B52" w:rsidP="00E060C4">
+          <w:i/>
+          <w:color w:val="1A1A1A"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5484DDEE" w14:textId="77777777" w:rsidR="008F55FB" w:rsidRPr="008F55FB" w:rsidRDefault="008F55FB" w:rsidP="008F55FB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="1A1A1A"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5484DDEE" w14:textId="77777777" w:rsidR="008F55FB" w:rsidRPr="008F55FB" w:rsidRDefault="008F55FB" w:rsidP="008F55FB">
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F55FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>- Programma del corso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0842CFC7" w14:textId="77777777" w:rsidR="008F55FB" w:rsidRPr="00B24B52" w:rsidRDefault="008F55FB" w:rsidP="00E060C4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="C0504D" w:themeColor="accent2"/>
-[...16 lines deleted...]
-          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:color w:val="1A1A1A"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0629B061" w14:textId="77777777" w:rsidR="00B24B52" w:rsidRPr="00D66578" w:rsidRDefault="00E91148" w:rsidP="00B24B52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ITA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08603DBA" w14:textId="6137A64C" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Procarioti: Batteri del ciclo dello zolfo e dell’azoto. Batteri fotosintetici. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8F2B54" w14:textId="30A182BF" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Citologia Vegetale: compartimentazione della cellula vegetale eucariote. Nucleo e citodieresi. Citoscheletro. Lamella mediana e plasmodesmi. Parete cellulare. Plastidi e loro interconversione. Struttura e funzioni del cloroplasto. Vacuolo e suoi ruoli. Tallo e Cormo: Tipi ed organizzazione. Riproduzione sessuale ed asessuale nelle Tallofite</w:t>
+      </w:r>
+      <w:r w:rsidR="006622E3" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Cormofite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: metagenesi e strategie riproduttive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2CBCCB" w14:textId="513C40CF" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alghe: generalità cellulari e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pseudotissutali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dei principali gruppi, metabolismo, riproduzione, applicazioni biotecnologiche.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0B1393" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funghi: generalità cellulari e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pseudotissutali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Zigomiceti, Ascomiceti e Basidiomiceti. Riproduzione ed attività metaboliche in relazione al ruolo nell’ecosistema ed alle principali applicazioni biotecnologiche. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C013C52" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interazioni fra organismi: strategie predatorie e simbiosi antagoniste e mutualistiche. Micorrize ed il loro ruolo nella crescita delle piante. Licheni. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3D9CD0" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adattamento delle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pseudocormofite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e cormofite alla vita t</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7E53" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>errestre:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il bilancio idrico ed origine del sistema vascolare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5B7103" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briofite: citologia, organizzazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pseudotissutale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>, riproduzione asessuale e sessuale di epatiche e muschi. Ruolo come bioindicatori.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BAAADB" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0842CFC7" w14:textId="77777777" w:rsidR="008F55FB" w:rsidRPr="00B24B52" w:rsidRDefault="008F55FB" w:rsidP="00E060C4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Tracheofite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: i tessuti e gli organi della pianta. Meristemi primari: ruoli dei meristemi apicali e laterali nella crescita della pianta, ed applicazioni nella micropropagazione. Radice, Fusto e Foglie: struttura, funzioni ed adattamenti in relazione alla variazione dei parametri ambientali. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Caulogenesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Rizogenesi avventizia ed applicazioni biotecnologiche. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2253A8BD" w14:textId="2B0B3345" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Crittogame vascolari: caratteristiche morfo-anatomiche, riproduzione asessuale e sessuale (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>isosporia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>eterosporia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA8CFD7" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Spermatofite: formazione dell’ovulo e del seme in Gimnosperme ed Angiosperme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462ECCB1" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meristemi secondari: attività del cambio cribro-vascolare e di quello subero-fellodermico. Definizione del corpo secondario di fusto e radice in Gimnosperme ed Angiosperme ed implicazioni adattative ed applicazioni biotecnologiche relative a legno e sughero. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297C1F76" w14:textId="77777777" w:rsidR="006622E3" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gimnosperme: apparati vegetativi e riproduttivi nelle Conifere. Polline: comparsa e ruolo nella riproduzione sessuale di Gimnosperme ed Angiosperme. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7D3133" w14:textId="0C6F6B82" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Angiosperme: caratteristiche morfo-funzionali degli apparati vegetativi e riproduttori.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D569DD" w14:textId="77777777" w:rsidR="0040387A" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fiore: ontogenesi. Stame: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>microsporogenesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>microgametogenesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pistillo: macrosporogenesi e macrogametogenesi. Impollinazione. Doppia fecondazione. Frutto: ontogenesi, organizzazione tissutale, caratteristiche nutrizionali. Seme: Formazione dell’embrione nel seme. Embriogenesi avventizia e semi sintetici ed applicazioni biotecnologiche. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540B38EB" w14:textId="77777777" w:rsidR="00E060C4" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodiche sperimentali: Uso del microscopio ottico e dello stereomicroscopio. Tecniche di prelievo di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pseudotessuti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e tessuti. Reazioni cito</w:t>
+      </w:r>
+      <w:r w:rsidR="0040387A" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chimiche di riconoscimento di organuli cellulari e di modificazioni di parete. Tecniche istologiche per la diagnostica di tessuti primari e secondari </w:t>
+      </w:r>
+      <w:r w:rsidR="0040387A" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1A1A1A"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>i diversi organi della pianta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D937ABE" w14:textId="77777777" w:rsidR="00E91148" w:rsidRPr="00D66578" w:rsidRDefault="00E91148" w:rsidP="00263A1E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="1A1A1A"/>
-[...661 lines deleted...]
-    <w:p w14:paraId="4D937ABE" w14:textId="77777777" w:rsidR="00E91148" w:rsidRDefault="00E91148" w:rsidP="00263A1E">
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD8B007" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRPr="00D66578" w:rsidRDefault="00E91148" w:rsidP="00263A1E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="it-IT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2DD8B007" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRPr="008F55FB" w:rsidRDefault="00E91148" w:rsidP="00263A1E">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ENG:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE5D0AF" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Prokaryotes: bacteria in the biogeochemical cycles of sulphur and nitrogen. Photosynthetic bacteria.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plant cytology: compartmentalization in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eucariotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plant cell. Nucleus and cytokinesis. Cytoskeleton. Middle lamella and plasmodesmata. Cell wall. Plastids and their conversion. Chloroplast structure and functions. Vacuole and its roles.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Thallus and corm: organization and specialization.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Asexual and sexual reproduction in algae and fungi: metagenesis and changes in reproductive strategies related to environmental changes and culture conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4783C91A" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Algae: Cytology in the main phyla, metabolism, reproduction, and biotechnological applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C6CA48" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Fungi: Cytology, metabolism, and reproduction of Zygomycetes, Ascomycetes and Basidiomycetes. Roles in the ecosystem, and biotechnological applications.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Symbiosis: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>antagonism and mutualism in symbiosis. Mycorrhizae and their roles in plant development. Structure and functions of lichens.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Life in contact with air: adaptation in bryophytes and cormophytes. Water balance. Origin of the vascular system.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Bryophytes: cytology, organization of the gametophyte and the sporophyte, sexual and asexual reproduction of livers and mosses. Role as bio indicators.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Tracheophytes: histology of tissues and organs.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Primary meristems: apical and lateral meristems. Roles of the primary meristems in plant growth and development. Micropropagation.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Root, Stem and Leaves: anatomical structure, functions and adaptation in relation to environmental changes. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Caulogenesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and adventitious rooting and biotechnological applications.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Vascular Cryptogams: morpho-anatomy, asexual and sexual reproduction (isospory and heterospory).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564AEBD8" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Spermatophytes: ovule and seed formation in Gymnosperms and Angiosperms.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Secondary meristems: vascular and cork cambia and their activities. The secondary vascular structure in the stem and the root of Gymnosperms and Angiosperms. Wood and cork in biotechnology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1346A672" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Gymnosperms: vegetative organs and reproduction in conifers.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pollen: evolutionary appearance and role in the sexual reproduction of Gymnosperms and Angiosperms.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Angiosperms: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>morpo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-functional features of vegetative and reproductive organs.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flower: ontogenesis. Stamen: microsporogenesis and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>microgametogenesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the anther. Pistil: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>macrosporogenesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>macrogametogenesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the ovule. Pollination. Double fertilization.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91148" w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Fruit: ontogenesis and tissue organization. Seed: embryo formation in the seed. Adventitious embryos, synthetic seeds and biotechnological applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C2940" w14:textId="77777777" w:rsidR="005C2DBA" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Taxonomy of the main families of agro-food plants-interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08773AD2" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRPr="00D66578" w:rsidRDefault="005C2DBA" w:rsidP="005C2DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66578">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Methods in Plant Anatomy. Use of light and stereomicroscopes. Techniques for tissue excision and observation of thallophytes and vascular plants. Cytological staining for organelle and cell wall detection. Histological procedures for the identification of tissues from different plant organs.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6118311A" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRPr="005C2DBA" w:rsidRDefault="00263A1E" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="it-IT"/>
-[...535 lines deleted...]
-    <w:p w14:paraId="6118311A" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRPr="005C2DBA" w:rsidRDefault="00263A1E" w:rsidP="00B24B52">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404A6A5A" w14:textId="1E11B51E" w:rsidR="00B24B52" w:rsidRPr="006D16FE" w:rsidRDefault="00B24B52" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F55FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>- Libri di testo</w:t>
+      </w:r>
+      <w:r w:rsidR="006D16FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
-          <w:lang w:val="en-GB"/>
-[...43 lines deleted...]
-          <w:color w:val="C0504D" w:themeColor="accent2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="006D16FE" w:rsidRPr="006D16FE">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">J.D. </w:t>
+      <w:r w:rsidR="00D66578">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Botanica generale e Diversità vegetale – Pasqua et al., V Edizione – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>Mauseth</w:t>
+      <w:r w:rsidR="00D66578">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Piccin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006D16FE" w:rsidRPr="006D16FE">
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> Gnocchi</w:t>
+      <w:r w:rsidR="00D66578">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> editore</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DEE846" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRDefault="00263A1E" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="C0504D" w:themeColor="accent2"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F817648" w14:textId="77777777" w:rsidR="00263A1E" w:rsidRDefault="004674C9" w:rsidP="00B24B52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -2105,51 +1999,51 @@
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esame finale </w:t>
       </w:r>
       <w:r w:rsidR="004674C9" w:rsidRPr="00E91148">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>orale</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00263A1E" w:rsidRPr="00E91148" w:rsidSect="00EF0BF3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2159,51 +2053,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F7254E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ECC457E"/>
     <w:lvl w:ilvl="0" w:tplc="3092B174">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2272,58 +2166,58 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="754204344">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0056631E"/>
     <w:rsid w:val="00015405"/>
     <w:rsid w:val="00021620"/>
     <w:rsid w:val="000218BF"/>
     <w:rsid w:val="00027016"/>
     <w:rsid w:val="000478A2"/>
     <w:rsid w:val="0005749C"/>
     <w:rsid w:val="00072346"/>
     <w:rsid w:val="00103AB0"/>
     <w:rsid w:val="00166771"/>
@@ -2358,104 +2252,105 @@
     <w:rsid w:val="00645CDE"/>
     <w:rsid w:val="00652E6C"/>
     <w:rsid w:val="006622E3"/>
     <w:rsid w:val="006D1052"/>
     <w:rsid w:val="006D16FE"/>
     <w:rsid w:val="006F3F9D"/>
     <w:rsid w:val="007460FB"/>
     <w:rsid w:val="007604F0"/>
     <w:rsid w:val="00821087"/>
     <w:rsid w:val="008D041A"/>
     <w:rsid w:val="008F55FB"/>
     <w:rsid w:val="00943747"/>
     <w:rsid w:val="009902A0"/>
     <w:rsid w:val="00A06F1B"/>
     <w:rsid w:val="00A61E92"/>
     <w:rsid w:val="00A63F8E"/>
     <w:rsid w:val="00A93478"/>
     <w:rsid w:val="00AD4ECE"/>
     <w:rsid w:val="00AE37D4"/>
     <w:rsid w:val="00B1589B"/>
     <w:rsid w:val="00B200D6"/>
     <w:rsid w:val="00B24B52"/>
     <w:rsid w:val="00B762FA"/>
     <w:rsid w:val="00B976A3"/>
     <w:rsid w:val="00BC4A23"/>
+    <w:rsid w:val="00D66578"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00E00890"/>
     <w:rsid w:val="00E060C4"/>
     <w:rsid w:val="00E20227"/>
     <w:rsid w:val="00E85957"/>
     <w:rsid w:val="00E91148"/>
     <w:rsid w:val="00EE46A8"/>
     <w:rsid w:val="00EF0BF3"/>
     <w:rsid w:val="00F30416"/>
     <w:rsid w:val="00FE7F45"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="014B37A7"/>
   <w15:docId w15:val="{CE7113EA-A3E9-4D38-85D7-C12507A5B683}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2787,51 +2682,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D81BDB"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -2850,51 +2744,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E060C4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B1589B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1178079552">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1426877469">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3251,68 +3145,68 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6071</Characters>
+  <Pages>2</Pages>
+  <Words>1060</Words>
+  <Characters>6048</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7121</CharactersWithSpaces>
+  <CharactersWithSpaces>7094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Giovanna Serino</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>