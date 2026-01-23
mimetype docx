--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -1,1436 +1,576 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
-[...1121 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core0.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\maria\OneDrive\Desktop\Dipart. CTF\Esame scritto\2026 20 gennaio\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{616EEC13-FC43-4D18-8CAA-7DCC0A0C94CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Prenotazioni" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="6">
+  <si>
+    <t>#</t>
+  </si>
+  <si>
+    <t>RISULTATI SCRITTO CGI_20.01.2026</t>
+  </si>
+  <si>
+    <t>Esito</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>Matricola</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="4" x14ac:knownFonts="1">
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...8 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:C9"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F3" sqref="F3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="2" max="2" width="18.5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="58" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A3">
+        <v>1</v>
+      </c>
+      <c r="B3">
+        <v>1916169</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A4">
+        <v>2</v>
+      </c>
+      <c r="B4">
+        <v>2156792</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A5">
+        <v>3</v>
+      </c>
+      <c r="B5">
+        <v>2214439</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A6">
+        <v>4</v>
+      </c>
+      <c r="B6">
+        <v>1943613</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A7">
+        <v>5</v>
+      </c>
+      <c r="B7">
+        <v>2210466</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A8">
+        <v>6</v>
+      </c>
+      <c r="B8">
+        <v>1669660</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A9">
+        <v>7</v>
+      </c>
+      <c r="B9">
+        <v>2214260</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Prenotazioni</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>