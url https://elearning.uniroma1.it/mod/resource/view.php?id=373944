--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Il mio Drive\Documents google drive\Lezioni\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\giuse\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A212927-0012-4C25-9DDA-684FE853C267}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AA383B7-3AFC-4F9B-8945-83DCD4157F33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{A59083C3-E66C-4605-9EB8-C71BFBF2B01B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A59083C3-E66C-4605-9EB8-C71BFBF2B01B}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="66">
   <si>
     <t>martedì</t>
   </si>
   <si>
     <t>giovedì</t>
   </si>
   <si>
     <t>venerdì</t>
   </si>
   <si>
     <t>sospensione didattica</t>
   </si>
   <si>
     <t>13-15</t>
   </si>
   <si>
     <t>15-17</t>
   </si>
   <si>
     <t>11-13</t>
   </si>
   <si>
     <t>Introduzione al corso e alla materia</t>
   </si>
   <si>
@@ -115,235 +116,231 @@
   <si>
     <t>Organogenesi Ectoderma</t>
   </si>
   <si>
     <t>Organogenesi Mesoderma Endoderma</t>
   </si>
   <si>
     <t>Linea germinale - domande I parte</t>
   </si>
   <si>
     <t>LEZIONI</t>
   </si>
   <si>
     <t>LABORATORI</t>
   </si>
   <si>
     <t>gametogenesi</t>
   </si>
   <si>
     <t>mercoledì</t>
   </si>
   <si>
     <t>lunedì</t>
   </si>
   <si>
-    <t>sviluppo riccio</t>
-[...4 lines deleted...]
-  <si>
     <t>turno 1</t>
   </si>
   <si>
     <t>sviluppo anfibi</t>
   </si>
   <si>
     <t>turno 2</t>
   </si>
   <si>
     <t>turno 3</t>
   </si>
   <si>
-    <t>9-12</t>
-[...1 lines deleted...]
-  <si>
     <t>turno 4</t>
   </si>
   <si>
     <t>Esonero</t>
   </si>
   <si>
     <t>Tecniche studio sviluppo</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo precoce in Drosophila 1</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo precoce in Drosophila 2</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo precoce in Drosophila 3</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo in Drosophila 4 e nel C.elegans</t>
   </si>
   <si>
     <t>Controllo dello sviluppo nel riccio di mare e nelle Ascidie</t>
   </si>
   <si>
     <t>Controllo dello sviluppo precoce nello Xenopus 1</t>
   </si>
   <si>
     <t>Controllo dello sviluppo precoce nello Xenopus 2</t>
   </si>
   <si>
     <t>Controllo dello sviluppo precoce nello Xenopus 3</t>
   </si>
   <si>
     <t>Controllo della polarità antero-posteriore nei vertebrati</t>
   </si>
   <si>
     <t>Organogenesi molecolare Ectoderma</t>
   </si>
   <si>
     <t>Organogenesi molecolare Mesoderma</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo dell'arto 1</t>
   </si>
   <si>
     <t>Regolazione dello sviluppo dell'arto 2  e della linea germinale -domande II parte</t>
   </si>
   <si>
-    <t>Lezione di ripasso pre-esonero</t>
-[...7 lines deleted...]
-  <si>
     <t>Differenziamento cellulare ed equivalenza genoma</t>
   </si>
   <si>
     <t>Regolazione dell'espressione genica durante lo sviluppo</t>
   </si>
   <si>
     <t>9-11</t>
   </si>
   <si>
     <t>14-16</t>
   </si>
   <si>
     <t>16-18</t>
   </si>
   <si>
     <t>AULA</t>
   </si>
   <si>
-    <t>Aula Sergi CU026</t>
-[...4 lines deleted...]
-  <si>
     <t>DATA</t>
   </si>
   <si>
     <t>ORARIO</t>
   </si>
   <si>
+    <t>15-19</t>
+  </si>
+  <si>
+    <t>turno 5</t>
+  </si>
+  <si>
+    <t>Aula Montalenti CU026</t>
+  </si>
+  <si>
+    <t>Aula Ponzi 1 MUST CU008</t>
+  </si>
+  <si>
+    <t>sviluppo pollo e mammiferi</t>
+  </si>
+  <si>
+    <t>9-13</t>
+  </si>
+  <si>
+    <t>laboratorio di recupero</t>
+  </si>
+  <si>
     <t>Laboratori didattici di Embriologia CU026</t>
   </si>
   <si>
-    <t>15-19</t>
-[...17 lines deleted...]
-    <t>14 e 15 aprile</t>
+    <t>sviluppo riccio di mare</t>
+  </si>
+  <si>
+    <t>turno 6</t>
+  </si>
+  <si>
+    <t>turno unico</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
@@ -616,1132 +613,1095 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73B78D28-29F1-47C8-A614-0C30F81A3776}">
-  <dimension ref="A1:L42"/>
+  <dimension ref="A1:O52"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" workbookViewId="0">
-      <selection activeCell="H35" sqref="H35"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="72.28515625" customWidth="1"/>
-    <col min="5" max="5" width="18.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="26.28515625" customWidth="1"/>
+    <col min="5" max="6" width="18.85546875" customWidth="1"/>
+    <col min="7" max="7" width="12" customWidth="1"/>
+    <col min="8" max="8" width="10.85546875" customWidth="1"/>
+    <col min="10" max="10" width="11" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" customWidth="1"/>
+    <col min="12" max="12" width="26.28515625" customWidth="1"/>
+    <col min="14" max="14" width="10.42578125" customWidth="1"/>
+    <col min="16" max="16" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>22</v>
       </c>
-      <c r="F1" t="s">
+      <c r="G1" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G2" t="s">
         <v>62</v>
       </c>
-      <c r="E2" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
-        <v>45355</v>
+        <v>46084</v>
       </c>
       <c r="B3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
-        <v>45722</v>
+        <v>46086</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
-[...11 lines deleted...]
-        <v>29</v>
+        <v>57</v>
+      </c>
+      <c r="G4" s="1">
+        <v>46098</v>
+      </c>
+      <c r="H4" t="s">
+        <v>0</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="J4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A5" s="1">
-        <v>45723</v>
+        <v>46087</v>
       </c>
       <c r="B5" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
-        <v>60</v>
-[...7 lines deleted...]
-      <c r="H5" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="G5" s="1">
+        <v>46098</v>
+      </c>
+      <c r="H5" t="s">
+        <v>0</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="I5" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="J5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
-        <v>45727</v>
+        <v>46091</v>
       </c>
       <c r="B6" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" s="1">
+        <v>46099</v>
+      </c>
+      <c r="H6" t="s">
         <v>25</v>
       </c>
-      <c r="H6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="J6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
-        <v>45729</v>
+        <v>46093</v>
       </c>
       <c r="B7" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" s="1">
+        <v>46099</v>
+      </c>
+      <c r="H7" t="s">
         <v>25</v>
       </c>
-      <c r="H7" t="s">
-[...9 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="I7" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" s="5"/>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
-        <v>45730</v>
+        <v>46094</v>
       </c>
       <c r="B8" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="G8" s="1">
+        <v>46100</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J8" t="s">
+        <v>31</v>
+      </c>
+      <c r="M8" s="5"/>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
-        <v>45734</v>
+        <v>46098</v>
       </c>
       <c r="B9" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>57</v>
+      </c>
+      <c r="G9" s="1">
+        <v>46100</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>1</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>6</v>
       </c>
       <c r="J9" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
-        <v>45736</v>
+        <v>46100</v>
       </c>
       <c r="B10" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
-[...17 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
-        <v>45737</v>
+        <v>46101</v>
       </c>
       <c r="B11" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>58</v>
+      </c>
+      <c r="G11" s="1">
+        <v>46105</v>
       </c>
       <c r="H11" t="s">
+        <v>0</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" t="s">
+        <v>29</v>
+      </c>
+      <c r="K11" t="s">
         <v>28</v>
       </c>
-      <c r="I11" t="s">
-[...6 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
-        <v>45741</v>
+        <v>46105</v>
       </c>
       <c r="B12" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="G12" s="1">
+        <v>46105</v>
       </c>
       <c r="H12" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J12" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
-        <v>45743</v>
+        <v>46107</v>
       </c>
       <c r="B13" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
-      <c r="F13" s="1"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="1">
+        <v>46106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" t="s">
+        <v>50</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
-        <v>45744</v>
+        <v>46108</v>
       </c>
       <c r="B14" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
-      <c r="F14" s="1">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" s="1">
+        <v>46106</v>
       </c>
       <c r="H14" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>25</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="M14" s="1"/>
+      <c r="O14" s="5"/>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" s="1">
-        <v>45748</v>
+        <v>46112</v>
       </c>
       <c r="B15" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="F15" s="1">
-[...8 lines deleted...]
-      <c r="I15" t="s">
+      <c r="E15" t="s">
+        <v>57</v>
+      </c>
+      <c r="G15" s="1">
+        <v>46107</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J15" t="s">
+        <v>56</v>
+      </c>
+      <c r="M15" s="1"/>
+      <c r="O15" s="5"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>46114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" t="s">
+        <v>3</v>
+      </c>
+      <c r="G16" s="1">
+        <v>46107</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J16" t="s">
         <v>31</v>
       </c>
-      <c r="J15" s="6" t="s">
-[...43 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
-        <v>45751</v>
+        <v>46115</v>
       </c>
       <c r="B17" t="s">
         <v>2</v>
       </c>
-      <c r="C17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>21</v>
-[...20 lines deleted...]
-      <c r="L17" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" s="1"/>
+      <c r="I17" s="5"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>46119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>3</v>
+      </c>
+      <c r="G18" s="1">
+        <v>46125</v>
+      </c>
+      <c r="H18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I18" t="s">
+        <v>50</v>
+      </c>
+      <c r="J18" t="s">
+        <v>27</v>
+      </c>
+      <c r="K18" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
-        <v>45757</v>
+        <v>46121</v>
       </c>
       <c r="B19" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="G19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" s="1">
+        <v>46125</v>
+      </c>
+      <c r="H19" t="s">
         <v>26</v>
       </c>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="J19" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
-        <v>45758</v>
+        <v>46122</v>
       </c>
       <c r="B20" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="E20" t="s">
-        <v>60</v>
-[...17 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="G20" s="1">
+        <v>46125</v>
+      </c>
+      <c r="H20" t="s">
+        <v>26</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J20" t="s">
+        <v>29</v>
+      </c>
+      <c r="K20" s="6"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
-        <v>45762</v>
+        <v>46126</v>
       </c>
       <c r="B21" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="G21" s="1">
+        <v>46125</v>
       </c>
       <c r="H21" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J21" t="s">
+        <v>64</v>
+      </c>
+      <c r="K21" s="6"/>
+      <c r="M21" s="1"/>
+      <c r="O21" s="5"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
-        <v>45764</v>
+        <v>46128</v>
       </c>
       <c r="B22" t="s">
         <v>1</v>
       </c>
-      <c r="C22" s="3"/>
+      <c r="C22" s="3" t="s">
+        <v>5</v>
+      </c>
       <c r="D22" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>47</v>
+      </c>
+      <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" s="1">
+        <v>46126</v>
       </c>
       <c r="H22" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J22" t="s">
+        <v>31</v>
+      </c>
+      <c r="K22" s="6"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
-        <v>45765</v>
+        <v>46129</v>
       </c>
       <c r="B23" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="4"/>
+      <c r="C23" s="4" t="s">
+        <v>6</v>
+      </c>
       <c r="D23" t="s">
-        <v>3</v>
-[...3 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" s="1">
+        <v>46126</v>
+      </c>
+      <c r="H23" t="s">
+        <v>0</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K23" s="6"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
-        <v>45769</v>
+        <v>46133</v>
       </c>
       <c r="B24" t="s">
         <v>0</v>
       </c>
-      <c r="C24" s="3"/>
+      <c r="C24" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="D24" t="s">
-        <v>3</v>
-[...20 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+      <c r="E24" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
-        <v>45771</v>
+        <v>46135</v>
       </c>
       <c r="B25" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>35</v>
       </c>
       <c r="E25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="1">
+        <v>46133</v>
+      </c>
+      <c r="H25" t="s">
+        <v>0</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J25" t="s">
+        <v>27</v>
+      </c>
+      <c r="K25" t="s">
         <v>59</v>
       </c>
-      <c r="F25" s="1">
-[...19 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
-        <v>45772</v>
+        <v>46136</v>
       </c>
       <c r="B26" t="s">
         <v>2</v>
       </c>
+      <c r="C26" s="4" t="s">
+        <v>6</v>
+      </c>
       <c r="D26" t="s">
-        <v>3</v>
-[...21 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="G26" s="1">
+        <v>46133</v>
+      </c>
+      <c r="H26" t="s">
+        <v>0</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J26" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="1">
-        <v>45776</v>
+        <v>46140</v>
       </c>
       <c r="B27" t="s">
         <v>0</v>
       </c>
-      <c r="C27" s="4" t="s">
-        <v>6</v>
+      <c r="C27" s="3" t="s">
+        <v>4</v>
       </c>
       <c r="D27" t="s">
         <v>37</v>
       </c>
       <c r="E27" t="s">
-        <v>59</v>
-[...21 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="G27" s="1">
+        <v>46134</v>
+      </c>
+      <c r="H27" t="s">
+        <v>25</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="1">
-        <v>45778</v>
+        <v>46142</v>
       </c>
       <c r="B28" t="s">
         <v>1</v>
       </c>
-      <c r="C28" s="3"/>
+      <c r="C28" s="3" t="s">
+        <v>5</v>
+      </c>
       <c r="D28" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="E28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" s="1">
+        <v>46134</v>
+      </c>
+      <c r="H28" t="s">
+        <v>25</v>
+      </c>
+      <c r="I28" t="s">
+        <v>51</v>
+      </c>
+      <c r="J28" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="1">
-        <v>45779</v>
+        <v>46143</v>
       </c>
       <c r="B29" t="s">
         <v>2</v>
       </c>
+      <c r="C29" s="4"/>
       <c r="D29" t="s">
         <v>3</v>
       </c>
-      <c r="F29" s="1">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G29" s="1">
+        <v>46135</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="J29" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="1">
-        <v>45783</v>
+        <v>46147</v>
       </c>
       <c r="B30" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="3" t="s">
-        <v>4</v>
+      <c r="C30" s="4" t="s">
+        <v>60</v>
       </c>
       <c r="D30" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E30" t="s">
-        <v>59</v>
-[...7 lines deleted...]
-      <c r="H30" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="1">
+        <v>46135</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J30" t="s">
         <v>31</v>
       </c>
-      <c r="L30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L30" s="6"/>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="1">
-        <v>45785</v>
+        <v>46149</v>
       </c>
       <c r="B31" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D31" t="s">
         <v>39</v>
       </c>
       <c r="E31" t="s">
-        <v>59</v>
-[...17 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="G31" s="8"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="7"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" s="1">
-        <v>45421</v>
+        <v>46150</v>
       </c>
       <c r="B32" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D32" t="s">
         <v>40</v>
       </c>
       <c r="E32" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" s="1">
+        <v>46140</v>
+      </c>
+      <c r="H32" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="F32" s="1">
-[...15 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="J32" t="s">
+        <v>65</v>
+      </c>
+      <c r="K32" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A33" s="1">
-        <v>45790</v>
+        <v>46154</v>
       </c>
       <c r="B33" t="s">
         <v>0</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D33" t="s">
         <v>41</v>
       </c>
       <c r="E33" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="G33" s="1"/>
+      <c r="I33" s="5"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A34" s="1">
-        <v>45792</v>
+        <v>46156</v>
       </c>
       <c r="B34" t="s">
         <v>1</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="G34" s="1"/>
+      <c r="I34" s="5"/>
+      <c r="K34" s="6"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A35" s="1">
-        <v>45793</v>
+        <v>46157</v>
       </c>
       <c r="B35" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D35" t="s">
         <v>43</v>
       </c>
       <c r="E35" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="G35" s="1"/>
+      <c r="I35" s="5"/>
+      <c r="K35" s="6"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A36" s="1">
-        <v>45797</v>
+        <v>46161</v>
       </c>
       <c r="B36" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="G36" s="1"/>
+      <c r="I36" s="5"/>
+      <c r="K36" s="6"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A37" s="1">
-        <v>45799</v>
+        <v>46163</v>
       </c>
       <c r="B37" t="s">
         <v>1</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D37" t="s">
         <v>45</v>
       </c>
       <c r="E37" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="K37" s="6"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A38" s="1">
-        <v>45800</v>
+        <v>46164</v>
       </c>
       <c r="B38" t="s">
         <v>2</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D38" t="s">
         <v>46</v>
       </c>
       <c r="E38" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="G38" s="1"/>
+      <c r="I38" s="5"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A39" s="1">
-        <v>45804</v>
+        <v>46168</v>
       </c>
       <c r="B39" t="s">
         <v>0</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D39" t="s">
-[...6 lines deleted...]
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="I39" s="5"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A40" s="1">
-        <v>45806</v>
+        <v>46170</v>
       </c>
       <c r="B40" t="s">
         <v>1</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D40" t="s">
-[...6 lines deleted...]
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="I40" s="5"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A41" s="1">
-        <v>45807</v>
+        <v>46171</v>
       </c>
       <c r="B41" t="s">
         <v>2</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="D41" t="s">
-[...9 lines deleted...]
-      <c r="F42" s="1"/>
+      <c r="I41" s="5"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="I42" s="5"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="I46" s="5"/>
+    </row>
+    <row r="51" spans="7:9" x14ac:dyDescent="0.25">
+      <c r="G51" s="1"/>
+      <c r="I51" s="5"/>
+    </row>
+    <row r="52" spans="7:9" x14ac:dyDescent="0.25">
+      <c r="G52" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>