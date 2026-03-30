--- v0 (2025-10-21)
+++ v1 (2026-03-30)
@@ -1,257 +1,341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Il mio Drive\Documents google drive\Lezioni\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7ADC2A8-3B97-4D79-B615-6BDD18DE8D59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9CBF27F4-30FA-4CAC-A060-590CEE6C53C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{A59083C3-E66C-4605-9EB8-C71BFBF2B01B}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="44">
   <si>
     <t>martedì</t>
   </si>
   <si>
     <t>giovedì</t>
   </si>
   <si>
     <t>venerdì</t>
   </si>
   <si>
     <t>sospensione didattica</t>
   </si>
   <si>
-    <t>16-18</t>
-[...1 lines deleted...]
-  <si>
     <t>13-14</t>
   </si>
   <si>
-    <t>8-10</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovogenesi</t>
   </si>
   <si>
     <t>ORARIO</t>
   </si>
   <si>
     <t>MATERIA</t>
   </si>
   <si>
     <t>ARGOMENTO</t>
   </si>
   <si>
     <t>ORE</t>
   </si>
   <si>
     <t>Sviluppo precoce del riccio di mare</t>
   </si>
   <si>
     <t>Sviluppo precoce dei tunicati</t>
   </si>
   <si>
     <t>Sviluppo precoce degli anfibi</t>
   </si>
   <si>
     <t>Sviluppo precoce degli uccelli</t>
   </si>
   <si>
     <t>Sviluppo precoce dei pesci</t>
   </si>
   <si>
     <t>Sviluppo precoce dei mammiferi</t>
   </si>
   <si>
     <t>Fecondazione nel riccio di mare</t>
   </si>
   <si>
     <t>Fecondazione nei mammiferi</t>
   </si>
   <si>
-    <t>Lezione di ripasso e domande</t>
-[...1 lines deleted...]
-  <si>
     <t>EMBRIOLOGIA</t>
   </si>
   <si>
     <t>Organogenesi mesoderma e sviluppo della linea germinale</t>
   </si>
   <si>
     <t>Meiosi e spermatogenesi</t>
   </si>
   <si>
     <t>Spermioistogenesi</t>
   </si>
   <si>
-    <t>15-19</t>
-[...13 lines deleted...]
-  <si>
     <t>Organogenesi ectoderma</t>
+  </si>
+  <si>
+    <t>15-17</t>
+  </si>
+  <si>
+    <t>13-15</t>
+  </si>
+  <si>
+    <t>introduzione al corso</t>
+  </si>
+  <si>
+    <t>Epiteli di rivestimento</t>
+  </si>
+  <si>
+    <t>Epiteli secernenti</t>
+  </si>
+  <si>
+    <t>tessuto connettivo</t>
+  </si>
+  <si>
+    <t>tessuto connettivo e adiposo</t>
+  </si>
+  <si>
+    <t>Tessuto osseo</t>
+  </si>
+  <si>
+    <t>ESERCITAZIONI Gruppo 3</t>
+  </si>
+  <si>
+    <t>ESERCITAZIONI Gruppo 2</t>
+  </si>
+  <si>
+    <t>ESERCITAZIONI Gruppo 1</t>
+  </si>
+  <si>
+    <t>Tessuto cartilagineo</t>
+  </si>
+  <si>
+    <t>sangue</t>
+  </si>
+  <si>
+    <t>sangue emopoiesi e linfa</t>
+  </si>
+  <si>
+    <t>Tessuto muscolare scheletrico</t>
+  </si>
+  <si>
+    <t>Tessuto muscolare scheletrico e cardiaco</t>
+  </si>
+  <si>
+    <t>t muscolare liscio</t>
+  </si>
+  <si>
+    <t>tessuto nervoso</t>
+  </si>
+  <si>
+    <t>Esonero di Embriologia</t>
+  </si>
+  <si>
+    <t>Esercitazione in aula di preparazione all'esonero</t>
+  </si>
+  <si>
+    <t>Lezione di ripasso e risposta a domande degli studenti</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFB8FC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="16" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFFB8FC"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFCCECFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -531,731 +615,748 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73B78D28-29F1-47C8-A614-0C30F81A3776}">
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="20.85546875" customWidth="1"/>
     <col min="6" max="6" width="13.140625" customWidth="1"/>
     <col min="7" max="7" width="53.85546875" customWidth="1"/>
     <col min="8" max="8" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="C1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1" t="s">
+        <v>7</v>
+      </c>
+      <c r="G1" t="s">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
-        <v>45355</v>
+        <v>45354</v>
       </c>
       <c r="B2" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="D2" s="5">
         <v>2</v>
       </c>
-      <c r="F2" s="10" t="s">
-        <v>21</v>
+      <c r="F2" s="19" t="s">
+        <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>23</v>
-      </c>
+        <v>20</v>
+      </c>
+      <c r="H2" s="6"/>
       <c r="I2" s="6"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
-        <v>45357</v>
+        <v>45356</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D3" s="5">
         <v>1</v>
       </c>
-      <c r="F3" s="10"/>
+      <c r="F3" s="19"/>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
-        <v>45358</v>
+        <v>45357</v>
       </c>
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="D4" s="3">
         <v>2</v>
       </c>
-      <c r="F4" s="10"/>
+      <c r="F4" s="19"/>
       <c r="G4" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1">
-        <v>45362</v>
+        <v>45361</v>
       </c>
       <c r="B5" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="D5" s="5">
         <v>2</v>
       </c>
-      <c r="F5" s="10"/>
+      <c r="F5" s="19"/>
       <c r="G5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
-        <v>45364</v>
+        <v>45363</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="5">
         <v>1</v>
       </c>
-      <c r="F6" s="10"/>
+      <c r="F6" s="19"/>
       <c r="G6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
-        <v>45365</v>
+        <v>45364</v>
       </c>
       <c r="B7" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="D7" s="3">
         <v>2</v>
       </c>
-      <c r="F7" s="10"/>
+      <c r="F7" s="19"/>
       <c r="G7" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>45733</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      <c r="F8" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="5">
+        <v>2</v>
+      </c>
+      <c r="F8" s="19"/>
       <c r="G8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
-        <v>45369</v>
+        <v>45370</v>
       </c>
       <c r="B9" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="5">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="F9" s="10"/>
+        <v>1</v>
+      </c>
+      <c r="F9" s="19"/>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
         <v>45371</v>
       </c>
       <c r="B10" t="s">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="F10" s="10"/>
+        <v>2</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="3">
+        <v>2</v>
+      </c>
+      <c r="F10" s="19"/>
       <c r="G10" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
-        <v>45372</v>
+        <v>45375</v>
       </c>
       <c r="B11" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="F11" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="5">
+        <v>2</v>
+      </c>
+      <c r="F11" s="19"/>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
-        <v>45376</v>
+        <v>45377</v>
       </c>
       <c r="B12" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="5">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="F12" s="10"/>
+        <v>1</v>
+      </c>
+      <c r="F12" s="19"/>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
         <v>45378</v>
       </c>
       <c r="B13" t="s">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="F13" s="10"/>
+        <v>2</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="3">
+        <v>2</v>
+      </c>
+      <c r="F13" s="19"/>
       <c r="G13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
-        <v>45379</v>
+        <v>45382</v>
       </c>
       <c r="B14" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="F14" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="5">
+        <v>2</v>
+      </c>
+      <c r="F14" s="19"/>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="1">
-[...2 lines deleted...]
-      <c r="B15" t="s">
+      <c r="A15" s="10">
+        <v>45384</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="D15" s="13"/>
+      <c r="E15" t="s">
+        <v>3</v>
+      </c>
+      <c r="F15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="10">
+        <v>45385</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="12"/>
+      <c r="E16" t="s">
+        <v>3</v>
+      </c>
+      <c r="F16" s="15"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="10">
+        <v>45389</v>
+      </c>
+      <c r="B17" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...41 lines deleted...]
-      </c>
+      <c r="C17" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="13"/>
+      <c r="E17" t="s">
+        <v>3</v>
+      </c>
+      <c r="F17" s="16"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1">
-        <v>45390</v>
+        <v>45391</v>
       </c>
       <c r="B18" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D18" s="3">
-[...2 lines deleted...]
-      <c r="F18" s="8"/>
+      <c r="D18" s="5">
+        <v>1</v>
+      </c>
+      <c r="F18" s="7"/>
+      <c r="G18" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>45392</v>
       </c>
       <c r="B19" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D19" s="3">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F19" s="8"/>
+        <v>2</v>
+      </c>
+      <c r="F19" s="7"/>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
-        <v>45393</v>
+        <v>45396</v>
       </c>
       <c r="B20" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="F20" s="7"/>
+        <v>0</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="5">
+        <v>2</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
-        <v>45397</v>
+        <v>45398</v>
       </c>
       <c r="B21" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D21" s="3">
-        <v>2</v>
+      <c r="D21" s="5">
+        <v>1</v>
+      </c>
+      <c r="F21" s="9"/>
+      <c r="G21" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>45399</v>
       </c>
       <c r="B22" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D22" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="F22" s="8"/>
+      <c r="G22" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
-        <v>45400</v>
+        <v>45403</v>
       </c>
       <c r="B23" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D23" s="5">
+        <v>2</v>
+      </c>
+      <c r="F23" s="9"/>
+      <c r="G23" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
-        <v>45404</v>
+        <v>45405</v>
       </c>
       <c r="B24" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D24" s="3">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="D24" s="5">
+        <v>1</v>
+      </c>
+      <c r="F24" s="8"/>
+      <c r="G24" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
         <v>45406</v>
       </c>
       <c r="B25" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D25" s="3">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F25" s="9"/>
+      <c r="G25" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
-        <v>45407</v>
+        <v>45410</v>
       </c>
       <c r="B26" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D26" s="5">
+        <v>2</v>
+      </c>
+      <c r="F26" s="8"/>
+      <c r="G26" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1">
-        <v>45411</v>
+        <v>45412</v>
       </c>
       <c r="B27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D27" s="5">
+        <v>1</v>
+      </c>
+      <c r="F27" s="9"/>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="10">
+        <v>45413</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="C28" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="12"/>
+      <c r="F28" s="15"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="1">
-        <v>45414</v>
+        <v>45417</v>
       </c>
       <c r="B29" t="s">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>0</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D29" s="5">
+        <v>2</v>
+      </c>
+      <c r="F29" s="9"/>
+      <c r="G29" s="17" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1">
-        <v>45418</v>
+        <v>45419</v>
       </c>
       <c r="B30" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D30" s="3">
-        <v>2</v>
+      <c r="D30" s="5">
+        <v>1</v>
+      </c>
+      <c r="F30" s="8"/>
+      <c r="G30" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1">
         <v>45420</v>
       </c>
       <c r="B31" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D31" s="3">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F31" s="9"/>
+      <c r="G31" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1">
-        <v>45421</v>
+        <v>45424</v>
       </c>
       <c r="B32" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D32" s="5">
+        <v>2</v>
+      </c>
+      <c r="F32" s="8"/>
+      <c r="G32" s="17" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1">
-        <v>45425</v>
+        <v>45426</v>
       </c>
       <c r="B33" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D33" s="3">
-[...3 lines deleted...]
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D33" s="5">
+        <v>1</v>
+      </c>
+      <c r="F33" s="9"/>
+      <c r="G33" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1">
         <v>45427</v>
       </c>
       <c r="B34" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D34" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+      <c r="F34" s="8"/>
+      <c r="G34" s="17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1">
-        <v>45428</v>
+        <v>45431</v>
       </c>
       <c r="B35" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D35" s="5">
+        <v>2</v>
+      </c>
+      <c r="F35" s="9"/>
+      <c r="G35" s="17" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="1">
-        <v>45432</v>
+        <v>45433</v>
       </c>
       <c r="B36" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D36" s="3">
-[...3 lines deleted...]
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D36" s="5">
+        <v>1</v>
+      </c>
+      <c r="F36" s="8"/>
+      <c r="G36" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="1">
         <v>45434</v>
       </c>
       <c r="B37" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>24</v>
       </c>
       <c r="D37" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="F37" s="9"/>
+      <c r="G37" s="17" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="1"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="5"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="1"/>
+      <c r="C39" s="3"/>
+      <c r="D39" s="5"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="1"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="3"/>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="1"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="F2:F16"/>
+    <mergeCell ref="F2:F14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>